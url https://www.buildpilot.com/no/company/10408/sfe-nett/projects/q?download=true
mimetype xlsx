--- v0 (2025-10-18)
+++ v1 (2025-12-15)
@@ -117,51 +117,51 @@
   <si>
     <t>https://www.buildpilot.com/no/project/sfe-montorbase-pa-nygard-kst-016-18-962502852</t>
   </si>
   <si>
     <t>SFE montørbase på Nygård (KST-016/18)</t>
   </si>
   <si>
     <t>Skatestraumen</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ny-132-kv-kraftledning-nordfjord-181137751</t>
   </si>
   <si>
     <t>Ny 132 kV Kraftledning Nordfjord</t>
   </si>
   <si>
     <t>Svelgen</t>
   </si>
   <si>
     <t>Elektrisk infrastruktur</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/utvikling-av-2-nye-hyttetomter-pa-oyna-i-stavang-244456829</t>
   </si>
   <si>
     <t>Utvikling av 2 nye hyttetomter på Øyna i Stavang</t>
   </si>
   <si>
     <t>Stavang</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bremangerlandet-vindkraftnett-611342376</t>
   </si>
   <si>
     <t>Bremangerlandet Vindkraftnett</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>