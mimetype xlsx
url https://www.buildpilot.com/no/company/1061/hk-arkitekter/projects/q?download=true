--- v0 (2025-10-22)
+++ v1 (2025-12-10)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/iter-fritidsleiligheter-storvegen-og-velkomstvegen-573353605</t>
   </si>
   <si>
     <t>Trysil Suiter fritidsleiligheter - Storvegen og Velkomstvegen</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Trysil</t>
   </si>
   <si>
     <t>Hytter</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/midgard-trysil-leilighetsbygg-494916272</t>
   </si>
   <si>
     <t>Midgard Trysil Leilighetsbygg</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/spidsbergseter-boutique-hotell-686775691</t>
   </si>