--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -123,51 +123,51 @@
   <si>
     <t>Videregående skoler</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bygg-kontor-lager-og-overnatting-ostenbekkveien-31-534014814</t>
   </si>
   <si>
     <t>Nybygg kontor/lager og overnatting Østenbekkveien 31</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/kvandal-kanstadbotn-kraftledningsfornyelse-945629915</t>
   </si>
   <si>
     <t>Kvandal-Kanstadbotn Kraftledningsfornyelse</t>
   </si>
   <si>
     <t>Uvdal</t>
   </si>
   <si>
     <t>Elektrisk infrastruktur</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>