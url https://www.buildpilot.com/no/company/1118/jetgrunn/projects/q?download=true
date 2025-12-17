--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -141,54 +141,54 @@
   <si>
     <t>Rehabilitering av Karl Johans gate 8 og Dronningens gate 23-25</t>
   </si>
   <si>
     <t>Hotell</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/sintef-horizon-527425083</t>
   </si>
   <si>
     <t>SINTEF Horizon Rehabilitering og Utvidelse</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>25 500 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/nytt-vikingtidsmuseum-og-utvidelse-pa-bygdoy-596212706</t>
-[...2 lines deleted...]
-    <t>Nytt Vikingtidsmuseum og Utvidelse på Bygdøy</t>
+    <t>https://www.buildpilot.com/no/project/-vikingtidsmuseum-pa-bygdoy-utvidelse-og-utvikling-596212706</t>
+  </si>
+  <si>
+    <t>Nytt Vikingtidsmuseum på Bygdøy - Utvidelse og Utvikling</t>
   </si>
   <si>
     <t>Museer</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>200 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -504,51 +504,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppgradering-av-z-barneskole-652248592" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-og-modernisering-av-radhuspassasjen-998356371" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ng-av-karl-johans-gate-8-og-dronningens-gate-23-25-539325776" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/sintef-horizon-527425083" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nytt-vikingtidsmuseum-og-utvidelse-pa-bygdoy-596212706" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppgradering-av-z-barneskole-652248592" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-og-modernisering-av-radhuspassasjen-998356371" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ng-av-karl-johans-gate-8-og-dronningens-gate-23-25-539325776" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/sintef-horizon-527425083" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/-vikingtidsmuseum-pa-bygdoy-utvidelse-og-utvikling-596212706" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -604,54 +604,54 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="P5">
         <v>50</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
@@ -786,66 +786,66 @@
       </c>
       <c r="Q8" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>44</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>45</v>
       </c>
       <c r="F9" t="s">
         <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2023</v>
       </c>
       <c r="J9">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K9">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="L9">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="M9">
         <v>1447000</v>
       </c>
       <c r="N9" t="s">
         <v>31</v>
       </c>
       <c r="O9" t="s">
         <v>47</v>
       </c>
       <c r="P9">
         <v>9300</v>
       </c>
       <c r="Q9" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>