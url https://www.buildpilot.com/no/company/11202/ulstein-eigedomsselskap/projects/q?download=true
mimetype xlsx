--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -126,51 +126,51 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/minihus-nybygg-i-holssekerdalen-ulsteinvik-738471211</t>
   </si>
   <si>
     <t>Minihus nybygg i Holssekerdalen - Ulsteinvik</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oppgradering-av-karsten-warholm-friidrettsstadion-919117373</t>
   </si>
   <si>
     <t>Oppgradering av Karsten Warholm Friidrettsstadion</t>
   </si>
   <si>
     <t>Idrettsanlegg</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
-    <t>Ferdig bygd</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>Generalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/n-naustomrade-med-12-naust-og-tilkomstveg-20210004-169725006</t>
   </si>
   <si>
     <t>Botnen naustområde med 12 naust og tilkomstveg (20210004)</t>
   </si>
   <si>
     <t>Boder</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -637,78 +637,81 @@
         <v>2500000</v>
       </c>
       <c r="N6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
+      <c r="P7">
+        <v>15</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="I8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J8">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="O8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">