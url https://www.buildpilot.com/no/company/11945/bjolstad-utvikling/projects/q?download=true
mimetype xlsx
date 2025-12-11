--- v0 (2025-10-18)
+++ v1 (2025-12-11)
@@ -99,51 +99,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Kråkerøy</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bjolstad-pumpestasjon-og-vanninfrastruktur-899308513</t>
   </si>
   <si>
     <t>Bjølstad Pumpestasjon og Vanninfrastruktur</t>
   </si>
   <si>
     <t>Vann- og avløpsanlegg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Anbudsprosess</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/vaerstetorvet-og-byhaven-leilighetskompleks-938752227</t>
   </si>
   <si>
     <t>Værstetorvet og Byhaven Leilighetskompleks</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>