--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -700,51 +700,51 @@
       </c>
       <c r="L7">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>40</v>
       </c>
       <c r="E8" t="s">
         <v>41</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2011</v>
       </c>
       <c r="K8">
         <v>2013</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>44</v>
       </c>
       <c r="E9" t="s">