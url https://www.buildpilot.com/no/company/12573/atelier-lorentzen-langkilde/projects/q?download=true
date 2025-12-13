--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -111,66 +111,66 @@
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>40 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/utvidelse-av-hovden-badeland-med-spa-og-basseng-202408738</t>
   </si>
   <si>
     <t>Utvidelse av Hovden badeland med spa og basseng</t>
   </si>
   <si>
     <t>Hovden I Setesdal</t>
   </si>
   <si>
     <t>Svømmehaller</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/regionalt-historiesenter-domkirkeodden-429124458</t>
-[...2 lines deleted...]
-    <t>Regionalt Historiesenter Domkirkeodden</t>
+    <t>https://www.buildpilot.com/no/project/historiesenter-og-kulturarvsenter-pa-domkirkeodden-429124458</t>
+  </si>
+  <si>
+    <t>Regionalt Historiesenter og Kulturarvsenter på Domkirkeodden</t>
   </si>
   <si>
     <t>Museer</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>44 000 NOK/kvm</t>
+    <t>69 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bryggebyen-trinn-3-arendal-699390355</t>
   </si>
   <si>
     <t>Bryggebyen Trinn 3 - Arendal</t>
   </si>
   <si>
     <t>Arendal</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -489,51 +489,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/espern-bydelsutvikling-bolig-og-naering-159673680" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/utvidelse-av-hovden-badeland-med-spa-og-basseng-202408738" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/regionalt-historiesenter-domkirkeodden-429124458" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bryggebyen-trinn-3-arendal-699390355" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/espern-bydelsutvikling-bolig-og-naering-159673680" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/utvidelse-av-hovden-badeland-med-spa-og-basseng-202408738" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/historiesenter-og-kulturarvsenter-pa-domkirkeodden-429124458" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bryggebyen-trinn-3-arendal-699390355" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -659,57 +659,60 @@
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
+        <v>8</v>
+      </c>
+      <c r="K7">
+        <v>2025</v>
+      </c>
+      <c r="L7">
         <v>12</v>
       </c>
-      <c r="K7">
-[...1 lines deleted...]
-      </c>
       <c r="M7">
-        <v>220000000</v>
+        <v>345000000</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>37</v>
       </c>
       <c r="P7">
         <v>5000</v>
       </c>
       <c r="Q7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">