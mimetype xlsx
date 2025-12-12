--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -105,51 +105,51 @@
   <si>
     <t>Tunneller</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/e18-vestkorridoren-automasjonsarbeid-976963068</t>
   </si>
   <si>
     <t>E18 Vestkorridoren Automasjonsarbeid</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Anbudsprosess</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/e18-vestkorridoren-strand-uten-miljolokk-913360054</t>
   </si>
   <si>
     <t>E18 Vestkorridoren Fornebukrysset-Strand Utbygging</t>
   </si>
   <si>
     <t>Stabekk</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>