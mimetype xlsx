--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="40">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 156 projects you must log in.</t>
+    <t>To see the remaining 161 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -105,60 +105,60 @@
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/en-51-nytt-blandet-bolig-og-naeringsbygg-m-tilbygg-929666368</t>
   </si>
   <si>
     <t>Stasjonsveien 51 - nytt blandet bolig- og næringsbygg m/tilbygg</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/foring-og-ombygging-av-bygard-cort-adelers-gate-27-666231404</t>
+  </si>
+  <si>
+    <t>Tilbakeføring og ombygging av bygård - Cort Adelers gate 27</t>
+  </si>
+  <si>
     <t>Byggeforberedelser</t>
-  </si>
-[...7 lines deleted...]
-    <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oppforing-av-tre-eneboliger-sportsstien-4-365095057</t>
   </si>
   <si>
     <t>Oppføring av tre eneboliger - Sportsstien 4</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/hagegata-25-boligprosjekt-221192588</t>
   </si>
   <si>
     <t>Hagegata 25 Boligprosjekt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -618,83 +618,86 @@
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2026</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>4849</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">