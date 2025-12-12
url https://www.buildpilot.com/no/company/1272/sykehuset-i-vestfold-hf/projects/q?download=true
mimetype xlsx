--- v0 (2025-10-14)
+++ v1 (2025-12-12)
@@ -120,63 +120,63 @@
   <si>
     <t>Tønsberg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/tonsberg-sykehus-taxibygg-og-fasader-539388289</t>
   </si>
   <si>
     <t>Tønsberg Sykehus: Taxibygg og Fasader</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/sberg-sykehus-kontorbygg-og-sykkelparkering-bygg-d-240260309</t>
   </si>
   <si>
     <t>Tønsberg Sykehus Kontorbygg og Sykkelparkering (Bygg D)</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/onsbergprosjektet-nytt-sykehus-og-sykehusutbygging-290361949</t>
-[...2 lines deleted...]
-    <t>Tønsbergprosjektet - Nytt Sykehus og Sykehusutbygging</t>
+    <t>https://www.buildpilot.com/no/project/tonsbergprosjektet-sykehusutbygging-i-vestfold-290361949</t>
+  </si>
+  <si>
+    <t>Tønsbergprosjektet - Sykehusutbygging i Vestfold</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
-    <t>904 000 NOK/kvm</t>
+    <t>61 600 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -480,51 +480,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/riving-av-granly-sykehjem-bygge-2-615418492" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ny-radiologisk-avdeling-tonsberg-sykehus-679882575" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/tonsberg-sykehus-taxibygg-og-fasader-539388289" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/sberg-sykehus-kontorbygg-og-sykkelparkering-bygg-d-240260309" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/onsbergprosjektet-nytt-sykehus-og-sykehusutbygging-290361949" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/riving-av-granly-sykehjem-bygge-2-615418492" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ny-radiologisk-avdeling-tonsberg-sykehus-679882575" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/tonsberg-sykehus-taxibygg-og-fasader-539388289" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/sberg-sykehus-kontorbygg-og-sykkelparkering-bygg-d-240260309" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/tonsbergprosjektet-sykehusutbygging-i-vestfold-290361949" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -655,134 +655,137 @@
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7">
         <v>7</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
+      <c r="P7">
+        <v>110</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>28</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>29</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="I8">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="P8">
-        <v>2452</v>
+        <v>406</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="I9">
         <v>2018</v>
       </c>
       <c r="J9">
         <v>7</v>
       </c>
       <c r="K9">
         <v>2018</v>
       </c>
       <c r="L9">
         <v>10</v>
       </c>
       <c r="M9">
         <v>2712000000</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
         <v>39</v>
       </c>
       <c r="P9">
-        <v>3000</v>
+        <v>44000</v>
       </c>
       <c r="Q9" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>