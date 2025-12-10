--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -105,75 +105,75 @@
   <si>
     <t>Fabrikker</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ehabilitering-og-bruksendring-av-sondre-tasen-gard-448343261</t>
   </si>
   <si>
     <t>Rehabilitering og bruksendring av Søndre Tåsen gård</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Restauranter</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/og-tilpasning-av-teknisk-installasjon-i-kontorbygg-248885048</t>
+  </si>
+  <si>
+    <t>Utskifting og Tilpasning av Teknisk Installasjon i Kontorbygg</t>
+  </si>
+  <si>
+    <t>Kontorbygg</t>
+  </si>
+  <si>
+    <t>Utskifting</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/omradeutvikling-og-transformasjon-av-adamstuen-947598801</t>
+  </si>
+  <si>
+    <t>Områdeutvikling og Transformasjon av Adamstuen</t>
+  </si>
+  <si>
+    <t>Parker og torg</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
+  </si>
+  <si>
     <t>Bygging</t>
-  </si>
-[...22 lines deleted...]
-    <t>Nybygg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oppgradering-av-energisystem-i-pynten-borettslag-858767122</t>
   </si>
   <si>
     <t>Oppgradering av energisystem i Pynten borettslag</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Renovering</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -591,130 +591,139 @@
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
+      <c r="I5">
+        <v>2026</v>
+      </c>
+      <c r="J5">
+        <v>2</v>
+      </c>
+      <c r="P5">
+        <v>0</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>9</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="F8" t="s">
         <v>38</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="K8">
         <v>2040</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9" t="s">