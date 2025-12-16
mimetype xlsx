--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -114,51 +114,51 @@
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>Generalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/omsorgsboliger-hitra-vikaholmveien-fillan-122577682</t>
   </si>
   <si>
     <t>Omsorgsboliger Hitra - Vikaholmveien, Fillan</t>
   </si>
   <si>
     <t>Hitra</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>14 700 NOK/kvm</t>
+    <t>14 400 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-av-boligomrade-pa-hitra-med-114-leiligheter-983963413</t>
   </si>
   <si>
     <t>Nybygg av boligområde på Hitra med 114 leiligheter</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ygg-av-rekkehus-med-8-leiligheter-helsetunveien-10-215539814</t>
   </si>
   <si>
     <t>Nybygg av rekkehus med 8 leiligheter - Helsetunveien 10</t>
   </si>
   <si>
     <t>Kyrksæterøra</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>
@@ -633,51 +633,51 @@
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6">
         <v>4</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>6</v>
       </c>
       <c r="M6">
-        <v>25000000</v>
+        <v>24500000</v>
       </c>
       <c r="N6" t="s">
         <v>32</v>
       </c>
       <c r="O6" t="s">
         <v>33</v>
       </c>
       <c r="P6">
         <v>1700</v>
       </c>
       <c r="Q6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">