--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -621,51 +621,51 @@
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>30</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>12</v>
       </c>
       <c r="M6">
-        <v>4517000000</v>
+        <v>5800000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>33</v>
       </c>
       <c r="P6">
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>36</v>
       </c>
       <c r="E7" t="s">