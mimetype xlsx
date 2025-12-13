--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -117,66 +117,66 @@
   <si>
     <t>Haukeland Barne- og Ungdomssykehus Utvidelse Trinn 2</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
-    <t>26 900 NOK/kvm</t>
-[...5 lines deleted...]
-    <t>Nye Stavanger Universitetssykehus SUS2023</t>
+    <t>2 689 700 NOK/kvm</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/ye-stavanger-universitetssykehus-sus2023-utbygging-578410376</t>
+  </si>
+  <si>
+    <t>Nye Stavanger Universitetssykehus (SUS2023) Utbygging</t>
   </si>
   <si>
     <t>Stavanger</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>
   <si>
-    <t>500 NOK/kvm</t>
+    <t>101 600 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/paradisalleen-leilighetsblokk-734253901</t>
   </si>
   <si>
     <t>Paradisalléen Leilighetsblokk</t>
   </si>
   <si>
     <t>Paradis</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>14 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/g-og-rehabilitering-undervisningslokaler-haugesund-195082159</t>
   </si>
   <si>
     <t>Nybygg og rehabilitering undervisningslokaler Haugesund</t>
   </si>
@@ -513,51 +513,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/-utvidelse-av-bolig-med-terrasse-dovafjellsvegen-7-862281779" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/glasblokkene-645447092" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-stavanger-universitetssykehus-sus2023-578410376" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/paradisalleen-leilighetsblokk-734253901" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/g-og-rehabilitering-undervisningslokaler-haugesund-195082159" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/-utvidelse-av-bolig-med-terrasse-dovafjellsvegen-7-862281779" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/glasblokkene-645447092" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ye-stavanger-universitetssykehus-sus2023-utbygging-578410376" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/paradisalleen-leilighetsblokk-734253901" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/g-og-rehabilitering-undervisningslokaler-haugesund-195082159" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -615,146 +615,149 @@
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5">
         <v>11</v>
       </c>
+      <c r="P5">
+        <v>21</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>32</v>
       </c>
       <c r="I6">
         <v>2016</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
-        <v>39000000</v>
+        <v>3900000000</v>
       </c>
       <c r="N6" t="s">
         <v>33</v>
       </c>
       <c r="O6" t="s">
         <v>34</v>
       </c>
       <c r="P6">
         <v>1450</v>
       </c>
       <c r="Q6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>38</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>32</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7">
         <v>5</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="M7">
-        <v>60000000</v>
+        <v>12700000000</v>
       </c>
       <c r="N7" t="s">
         <v>33</v>
       </c>
       <c r="O7" t="s">
         <v>39</v>
       </c>
       <c r="P7">
-        <v>120000</v>
+        <v>125000</v>
       </c>
       <c r="Q7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">