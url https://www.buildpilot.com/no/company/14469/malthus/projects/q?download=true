--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -114,51 +114,51 @@
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>46 700 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/orland-anleggshotell-960436988</t>
   </si>
   <si>
     <t>Ørland Anleggshotell</t>
   </si>
   <si>
     <t>Brekstad</t>
   </si>
   <si>
     <t>Hotell</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Tidlig planlegging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/midlertidig-sykehus-i-tromso-969332816</t>
   </si>
   <si>
     <t>Midlertidig sykehus i Tromsø</t>
   </si>
   <si>
     <t>Tromsø</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>21 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ny-betjentstasjon-ved-kleivgrend-avdeling-919077713</t>
   </si>
   <si>
     <t>Ny Betjentstasjon ved Kleivgrend Avdeling</t>
   </si>
   <si>
     <t>Fyresdal</t>
   </si>