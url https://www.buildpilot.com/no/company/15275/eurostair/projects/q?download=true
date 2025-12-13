--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -102,69 +102,69 @@
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>5 500 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/liland-holmen-lakseslakteri-923562989</t>
-[...2 lines deleted...]
-    <t>Liland Holmen Lakseslakteri</t>
+    <t>https://www.buildpilot.com/no/project/nytt-lakseslakteri-pa-liland-for-holmoy-maritime-923562989</t>
+  </si>
+  <si>
+    <t>Nytt lakseslakteri på Liland for Holmøy Maritime</t>
   </si>
   <si>
     <t>Sortland</t>
   </si>
   <si>
     <t>Slakterier</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>30 600 NOK/kvm</t>
+    <t>61 300 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-og-branntiltak-i-ravnasveien-3-778930994</t>
   </si>
   <si>
     <t>Bruksendring og branntiltak i Ravnåsveien 3</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rehabilitering-av-lagerhaller-i-fjellanlegg-oslo-800758205</t>
   </si>
   <si>
     <t>Rehabilitering av lagerhaller i fjellanlegg Oslo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -486,51 +486,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-av-ekeberghallene-pa-sjursoya-990255881" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/liland-holmen-lakseslakteri-923562989" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bruksendring-og-branntiltak-i-ravnasveien-3-778930994" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bruksendring-og-branntiltak-i-ravnasveien-3-778930994" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-av-lagerhaller-i-fjellanlegg-oslo-800758205" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-av-ekeberghallene-pa-sjursoya-990255881" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nytt-lakseslakteri-pa-liland-for-holmoy-maritime-923562989" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bruksendring-og-branntiltak-i-ravnasveien-3-778930994" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bruksendring-og-branntiltak-i-ravnasveien-3-778930994" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehabilitering-av-lagerhaller-i-fjellanlegg-oslo-800758205" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -651,51 +651,51 @@
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2020</v>
       </c>
       <c r="J6">
         <v>4</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
-        <v>500000000</v>
+        <v>1000000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>35</v>
       </c>
       <c r="P6">
         <v>16315</v>
       </c>
       <c r="Q6" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">