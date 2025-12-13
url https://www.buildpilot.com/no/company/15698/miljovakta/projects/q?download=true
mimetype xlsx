--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -105,63 +105,63 @@
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/eter-med-takterrasser-og-uteareal-rosenlundgata-9d-258717776</t>
   </si>
   <si>
     <t>13 boenheter med takterrasser og uteareal, Rosenlundgata 9D</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/andenes-omsorgsboliger-med-48-leiligheter-192496169</t>
+  </si>
+  <si>
+    <t>Andenes Omsorgsboliger med 48 leiligheter</t>
+  </si>
+  <si>
+    <t>Andenes</t>
+  </si>
+  <si>
+    <t>Eldrehjem</t>
+  </si>
+  <si>
     <t>Bygging</t>
-  </si>
-[...10 lines deleted...]
-    <t>Eldrehjem</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>42 700 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/skarerbyen-byggetrinn-5-og-6-141994130</t>
   </si>
   <si>
     <t>Skårerbyen Byggetrinn 5 og 6</t>
   </si>
   <si>
     <t>Lørenskog</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
@@ -621,83 +621,86 @@
       </c>
       <c r="P5">
         <v>663</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>6</v>
+        <v>1</v>
+      </c>
+      <c r="P6">
+        <v>1299</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B7" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>2026</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
       <c r="M7">
         <v>250000000</v>
       </c>
       <c r="N7" t="s">
         <v>36</v>
       </c>
       <c r="O7" t="s">
         <v>37</v>
       </c>
@@ -775,50 +778,53 @@
         <v>29</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>43</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9">
         <v>9</v>
       </c>
       <c r="K9">
         <v>2023</v>
       </c>
       <c r="L9">
         <v>9</v>
+      </c>
+      <c r="P9">
+        <v>1608</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>