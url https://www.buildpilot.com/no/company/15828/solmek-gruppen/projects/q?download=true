--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -81,51 +81,51 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bygg-med-garasje-og-uteomrader-nesttun-smorasvegen-842025605</t>
   </si>
   <si>
     <t>Nye boligbygg med garasje og uteområder, Nesttun/Smøråsvegen</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Nesttun</t>
   </si>
   <si>
-    <t>Boligblokker</t>
+    <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/krohnen-kontorbygg-i-solheimsviken-537889439</t>
   </si>
   <si>
     <t>Krohnen Kontorbygg i Solheimsviken</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
@@ -559,54 +559,54 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="P5">
-        <v>359</v>
+        <v>466</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">