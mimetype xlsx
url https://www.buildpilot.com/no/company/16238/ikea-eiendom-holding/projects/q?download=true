--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -99,72 +99,72 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Vestby</t>
   </si>
   <si>
     <t>Lagerbygninger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>18 600 NOK/kvm</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/nytt-ikea-varehus-i-forus-naeringspark-felt-c1-588258418</t>
+  </si>
+  <si>
+    <t>Nytt IKEA Varehus i Forus Næringspark Felt C1</t>
+  </si>
+  <si>
+    <t>Stavanger</t>
+  </si>
+  <si>
+    <t>Kjøpesenter</t>
+  </si>
+  <si>
+    <t>Prosjektering</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/ikea-varehus-forus-naeringspark-felt-c1-679657178</t>
   </si>
   <si>
     <t>IKEA varehus Forus Næringspark, felt C1</t>
   </si>
   <si>
-    <t>Stavanger</t>
-[...1 lines deleted...]
-  <si>
     <t>Butikker</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kjøpesenter</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/etaljregulering-av-ikea-varehus-ved-vestby-sentrum-743102204</t>
   </si>
   <si>
     <t>Detaljregulering av IKEA varehus ved Vestby sentrum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -474,51 +474,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ikea-hovedlager-og-sentrallager-vestby-532971959" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ikea-varehus-forus-naeringspark-felt-c1-679657178" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nytt-ikea-varehus-i-forus-naeringspark-felt-c1-588258418" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/etaljregulering-av-ikea-varehus-ved-vestby-sentrum-743102204" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ikea-hovedlager-og-sentrallager-vestby-532971959" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nytt-ikea-varehus-i-forus-naeringspark-felt-c1-588258418" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ikea-varehus-forus-naeringspark-felt-c1-679657178" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/etaljregulering-av-ikea-varehus-ved-vestby-sentrum-743102204" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -664,51 +664,51 @@
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="P7">
         <v>113000</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>33</v>
       </c>
       <c r="P8">
         <v>34000</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>