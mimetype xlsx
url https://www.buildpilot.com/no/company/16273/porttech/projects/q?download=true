--- v0 (2025-10-15)
+++ v1 (2025-12-11)
@@ -99,51 +99,51 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Ørsta</t>
   </si>
   <si>
     <t>Grunnskoler</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
-    <t>26 600 NOK/kvm</t>
+    <t>40 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/aure-sjoside-755767417</t>
   </si>
   <si>
     <t>Aure Sjøside</t>
   </si>
   <si>
     <t>Sykkylven</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
     <t>21 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/aure-sjoside-leilighetsbygg-294482009</t>
   </si>
   <si>
     <t>Aure Sjøside Leilighetsbygg</t>
   </si>
@@ -586,51 +586,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5">
         <v>1</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="M5">
-        <v>117000000</v>
+        <v>180000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>4401</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">