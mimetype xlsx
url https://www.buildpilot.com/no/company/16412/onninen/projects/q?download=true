--- v0 (2025-10-16)
+++ v1 (2025-12-10)
@@ -87,96 +87,96 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/tenskapsbygget-ved-uio-og-oslo-universitetssykehus-805680691</t>
   </si>
   <si>
     <t>Livsvitenskapsbygget ved UiO og Oslo universitetssykehus</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Universiteter</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
+    <t>Vunnet/kontrahert</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>Totalentreprise med samspill</t>
+  </si>
+  <si>
+    <t>139 500 NOK/kvm</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/nybygg-naeringsbygg-asen-site-4016-stavanger-240030764</t>
+  </si>
+  <si>
+    <t>Nybygg næringsbygg Åsen Site 4016 Stavanger</t>
+  </si>
+  <si>
+    <t>Stavanger</t>
+  </si>
+  <si>
+    <t>Kontorbygg</t>
+  </si>
+  <si>
+    <t>Samspillsentreprise</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/ombygging-av-forlegning-i-steinkjer-174127902</t>
+  </si>
+  <si>
+    <t>Ombygging av forlegning i Steinkjer</t>
+  </si>
+  <si>
+    <t>Steinkjer</t>
+  </si>
+  <si>
+    <t>Militære anlegg</t>
+  </si>
+  <si>
+    <t>Ombygging</t>
+  </si>
+  <si>
     <t>Bygging</t>
-  </si>
-[...43 lines deleted...]
-    <t>Ombygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygg-av-forlegning-i-bergen-med-elektromateriell-591742737</t>
   </si>
   <si>
     <t>Ombygg av forlegning i Bergen med elektromateriell</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-av-forlegning-i-kristiansand-s-386358189</t>
   </si>
   <si>
     <t>Ombygging av forlegning i Kristiansand S</t>
   </si>
   <si>
     <t>Kristiansand S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -598,212 +598,215 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2022</v>
+      </c>
+      <c r="J5">
+        <v>10</v>
       </c>
       <c r="K5">
-        <v>2026</v>
+        <v>2024</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="M5">
-        <v>13300000000</v>
+        <v>13600000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>97000</v>
+        <v>97500</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>2023</v>
       </c>
       <c r="L6">
         <v>10</v>
       </c>
       <c r="O6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="P6">
         <v>10000</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
         <v>39</v>
       </c>
-      <c r="F7" t="s">
+      <c r="G7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <v>2027</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>42</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
         <v>39</v>
       </c>
-      <c r="F8" t="s">
+      <c r="G8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8">
         <v>1</v>
       </c>
       <c r="K8">
         <v>2027</v>
       </c>
       <c r="L8">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>45</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>46</v>
       </c>
       <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" t="s">
         <v>39</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>2027</v>
       </c>
       <c r="L9">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>