--- v0 (2025-10-12)
+++ v1 (2025-12-10)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="49">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 55 projects you must log in.</t>
+    <t>To see the remaining 61 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -117,54 +117,54 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>86 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/hoyset-helse-og-velferdssenter-byggetrinn-2-739120425</t>
   </si>
   <si>
     <t>Høyset helse- og velferdssenter - byggetrinn 2</t>
   </si>
   <si>
     <t>Tiller</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/ny-ungdomsskole-og-flerbrukshall-ved-haraldsvang-174256384</t>
-[...2 lines deleted...]
-    <t>Ny ungdomsskole og flerbrukshall ved Haraldsvang</t>
+    <t>https://www.buildpilot.com/no/project/haraldsvang-ungdomsskole-og-flerbrukshall-prosjekt-174256384</t>
+  </si>
+  <si>
+    <t>Haraldsvang Ungdomsskole og Flerbrukshall Prosjekt</t>
   </si>
   <si>
     <t>Haugesund</t>
   </si>
   <si>
     <t>66 300 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rehytte-i-oggardslia-hytte-hevsdalsvegen-ogardslia-101912043</t>
   </si>
   <si>
     <t>Ny massivtrehytte i Øggardslia hytte - Hevsdalsvegen (Øgardslia)</t>
   </si>
   <si>
     <t>Stranda</t>
   </si>
   <si>
     <t>Hytter</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ds-og-reparasjonsarbeider-marta-korsets-vei-2-og-4-860547719</t>
   </si>
   <si>
     <t>Vedlikeholds- og reparasjonsarbeider Marta Korsets vei 2 og 4</t>
   </si>
@@ -504,51 +504,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ny-rolland-barneskole-med-utvidelse-og-uteomrader-381032803" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/hoyset-helse-og-velferdssenter-byggetrinn-2-739120425" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ny-ungdomsskole-og-flerbrukshall-ved-haraldsvang-174256384" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehytte-i-oggardslia-hytte-hevsdalsvegen-ogardslia-101912043" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ds-og-reparasjonsarbeider-marta-korsets-vei-2-og-4-860547719" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ny-rolland-barneskole-med-utvidelse-og-uteomrader-381032803" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/hoyset-helse-og-velferdssenter-byggetrinn-2-739120425" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/haraldsvang-ungdomsskole-og-flerbrukshall-prosjekt-174256384" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rehytte-i-oggardslia-hytte-hevsdalsvegen-ogardslia-101912043" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ds-og-reparasjonsarbeider-marta-korsets-vei-2-og-4-860547719" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -669,51 +669,51 @@
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>34</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6">
         <v>8</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>8</v>
       </c>
       <c r="M6">
-        <v>650000000</v>
+        <v>355000000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">