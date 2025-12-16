--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/foring-av-midlertidig-flermannsbolig-myklebust-259-708194678</t>
   </si>
   <si>
     <t>Oppføring av midlertidig flermannsbolig - Myklebust 259</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Gursken</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/voldaportalen-boligprosjekt-byggtrinn-1-863795537</t>
   </si>
   <si>
     <t>Voldaportalen Boligprosjekt - Byggtrinn 1</t>
   </si>
   <si>
     <t>Volda</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>