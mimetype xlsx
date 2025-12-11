--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -150,54 +150,54 @@
   <si>
     <t>Verdal</t>
   </si>
   <si>
     <t>Videregående skoler</t>
   </si>
   <si>
     <t>17 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nrk-mediehus-holtermannsveien-i-trondheim-799562375</t>
   </si>
   <si>
     <t>NRK Mediehus Holtermannsveien i Trondheim</t>
   </si>
   <si>
     <t>Trondheim</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>30 600 NOK/kvm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/han-bojer-videregaende-skole-pa-havntomta-vanvikan-405429462</t>
-[...2 lines deleted...]
-    <t>Johan Bojer videregående skole på Havntomta, Vanvikan</t>
+    <t>https://www.buildpilot.com/no/project/johan-bojer-videregaende-skole-vanvikan-405429462</t>
+  </si>
+  <si>
+    <t>Johan Bojer videregående skole, Vanvikan</t>
   </si>
   <si>
     <t>Vanvikan</t>
   </si>
   <si>
     <t>29 700 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -507,51 +507,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/hoyset-helse-og-velferdssenter-byggetrinn-2-739120425" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-halsen-barneskole-miljovennlig-nybygg-717461238" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-verdal-videregaende-skole-utviklingsprosjekt-368825295" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nrk-mediehus-holtermannsveien-i-trondheim-799562375" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/han-bojer-videregaende-skole-pa-havntomta-vanvikan-405429462" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/hoyset-helse-og-velferdssenter-byggetrinn-2-739120425" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-halsen-barneskole-miljovennlig-nybygg-717461238" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-verdal-videregaende-skole-utviklingsprosjekt-368825295" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nrk-mediehus-holtermannsveien-i-trondheim-799562375" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/johan-bojer-videregaende-skole-vanvikan-405429462" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -619,51 +619,51 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2023</v>
       </c>
       <c r="J5">
         <v>8</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>8</v>
       </c>
       <c r="M5">
-        <v>650000000</v>
+        <v>355000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
@@ -816,51 +816,51 @@
       <c r="D9" t="s">
         <v>48</v>
       </c>
       <c r="E9" t="s">
         <v>39</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="J9">
         <v>11</v>
       </c>
       <c r="K9">
         <v>2023</v>
       </c>
       <c r="L9">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="M9">
         <v>215000000</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
         <v>7250</v>
       </c>
       <c r="Q9" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>