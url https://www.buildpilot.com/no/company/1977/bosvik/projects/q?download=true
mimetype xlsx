--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -117,51 +117,51 @@
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/thune-eureka-skoyen-744665234</t>
   </si>
   <si>
     <t>Thune Eureka Skøyen</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
     <t>25 900 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oslo-storbylegevakt-ved-aker-sykehus-501995577</t>
   </si>
   <si>
-    <t>Oslo Storbylegevakt ved Aker Sykehus</t>
+    <t>Oslo Storbylegevakt ved Aker sykehus</t>
   </si>
   <si>
     <t>Helsesentre</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>111 100 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ringskvartalet-utviklingsplan-og-samhandlingsstrok-468628561</t>
   </si>
   <si>
     <t>Regjeringskvartalet Utviklingsplan og Samhandlingsstrøk</t>
   </si>
   <si>
     <t>Regjerings- og parlamentsbygg</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/jeringskvartal-fleksible-og-smarte-vegger-prosjekt-309244181</t>
   </si>