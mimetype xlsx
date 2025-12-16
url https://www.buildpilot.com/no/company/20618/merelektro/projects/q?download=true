--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -99,69 +99,69 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Butikker</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ndring-brobekkveien-53-treningssenter-og-minilager-207927243</t>
   </si>
   <si>
     <t>Bruksendring Brobekkveien 53, Treningssenter og Minilager</t>
   </si>
   <si>
-    <t>Idrettsanlegg</t>
+    <t>Lagerbygninger</t>
+  </si>
+  <si>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rehabilitering-av-bo-og-servicesenter-164273746</t>
   </si>
   <si>
     <t>Rehabilitering av Bo- og Servicesenter</t>
   </si>
   <si>
     <t>Hosle</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Rehabilitering</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ehabilitering-av-lonnas-helsehus-og-omsorgsboliger-629453151</t>
   </si>
   <si>
     <t>Rehabilitering av Lønnås helsehus og omsorgsboliger</t>
   </si>
   <si>
     <t>Helsesentre</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>11 000 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -609,159 +609,171 @@
       </c>
       <c r="J5">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="K6">
+        <v>2025</v>
+      </c>
+      <c r="L6">
+        <v>11</v>
       </c>
       <c r="P6">
-        <v>942</v>
+        <v>470</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2025</v>
       </c>
       <c r="J7">
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="K7">
+        <v>2025</v>
+      </c>
+      <c r="L7">
+        <v>11</v>
       </c>
       <c r="P7">
-        <v>942</v>
+        <v>470</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2024</v>
       </c>
       <c r="J8">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K8">
         <v>2025</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I9">
         <v>2024</v>
       </c>
       <c r="J9">
         <v>1</v>
       </c>
       <c r="K9">
         <v>2024</v>
       </c>
       <c r="L9">
         <v>12</v>
       </c>
       <c r="M9">
         <v>77000000</v>
       </c>
       <c r="N9" t="s">
         <v>39</v>
       </c>
       <c r="O9" t="s">
         <v>40</v>
       </c>
       <c r="P9">
         <v>7000</v>
       </c>