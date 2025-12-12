--- v0 (2025-10-19)
+++ v1 (2025-12-12)
@@ -102,69 +102,69 @@
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nytt-forsamlingshus-i-ringval-park-859205233</t>
   </si>
   <si>
     <t>Nytt forsamlingshus i Ringvål Park</t>
   </si>
   <si>
     <t>Heimdal</t>
   </si>
   <si>
-    <t>Kombinasjonsbygg</t>
+    <t>Religiøse bygg</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-i-teorifagbygget-hus-2-plan-4-ved-uit-767731284</t>
   </si>
   <si>
     <t>Ombygging i Teorifagbygget Hus 2, plan 4 ved UiT</t>
   </si>
   <si>
     <t>Tromsø</t>
   </si>
   <si>
-    <t>Universiteter</t>
+    <t>Kontorbygg</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>15 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ombygging-av-sykehjem-151436637</t>
   </si>
   <si>
     <t>Ombygging av Sykehjem</t>
   </si>
   <si>
     <t>Kongsvinger</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
 </sst>
 </file>
 
@@ -624,51 +624,51 @@
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="P6">
         <v>1046</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">