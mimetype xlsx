--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nygardsgaten-114-utvikling-519970423</t>
   </si>
   <si>
     <t>Nygårdsgaten 114 Utvikling</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>