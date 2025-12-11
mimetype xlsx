--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/gging-av-enebolig-til-firemannsbolig-jerpefaret-12-597905332</t>
   </si>
   <si>
     <t>Ombygging av enebolig til firemannsbolig - Jerpefaret 12</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/arnljot-gellines-vei-1-leilighetsbygg-711107047</t>
   </si>
   <si>
     <t>Arnljot Gellines vei 1 - Leilighetsbygg</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
@@ -571,54 +571,54 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P5">
         <v>867</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">