--- v0 (2025-10-14)
+++ v1 (2025-12-11)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining -1 projects you must log in.</t>
+    <t>To see the remaining -5 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -67,174 +67,89 @@
     <t>start_year</t>
   </si>
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
-  </si>
-[...70 lines deleted...]
-    <t>47 500 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="2">
+  <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="2">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...2 lines deleted...]
-    </xf>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyAlignment="1" applyProtection="1"/>
   </cellXfs>
-  <cellStyles count="2">
-    <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -485,57 +400,53 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Q8"/>
+  <dimension ref="A1:Q4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
@@ -560,254 +471,51 @@
       <c r="J4" t="s">
         <v>11</v>
       </c>
       <c r="K4" t="s">
         <v>12</v>
       </c>
       <c r="L4" t="s">
         <v>13</v>
       </c>
       <c r="M4" t="s">
         <v>14</v>
       </c>
       <c r="N4" t="s">
         <v>15</v>
       </c>
       <c r="O4" t="s">
         <v>16</v>
       </c>
       <c r="P4" t="s">
         <v>17</v>
       </c>
       <c r="Q4" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="5" spans="1:17">
-[...195 lines deleted...]
-    </row>
   </sheetData>
-  <hyperlinks>
-[...4 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>pyexcel_sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>