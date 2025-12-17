--- v0 (2025-10-16)
+++ v1 (2025-12-17)
@@ -591,50 +591,53 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2024</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
+      <c r="P5">
+        <v>64</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
@@ -662,54 +665,54 @@
       <c r="A7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J7">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="K7">
         <v>2023</v>
       </c>
       <c r="L7">
         <v>10</v>
       </c>
       <c r="M7">
         <v>86000000</v>
       </c>
       <c r="N7" t="s">
         <v>37</v>
       </c>
       <c r="O7" t="s">
         <v>32</v>
       </c>
       <c r="P7">
         <v>1500</v>
       </c>
       <c r="Q7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">