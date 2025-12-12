--- v0 (2025-10-16)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-nybygg-tremannsbolig-med-garasje-guldbergs-vei-31-712539993</t>
   </si>
   <si>
     <t>Moderne nybygg tremannsbolig med garasje - Guldbergs vei 31</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bruksendring-st-halvardshjemmet-underetasje-511730645</t>
   </si>
   <si>
     <t>Bruksendring St. Halvardshjemmet Underetasje</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ng-omsorgsboliger-og-institusjon-st-halvards-gt-28-717682654</t>
   </si>
   <si>
     <t>Rehabilitering omsorgsboliger og institusjon St. Halvards gt 28</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
@@ -559,80 +559,80 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J5">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="P6">
         <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">