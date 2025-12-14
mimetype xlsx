--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -81,51 +81,51 @@
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ny-ungdomsskule-i-volda-424147258</t>
   </si>
   <si>
     <t>Ny ungdomsskule i Volda</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Volda</t>
   </si>
   <si>
-    <t>Grunnskoler</t>
+    <t>Videregående skoler</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>32 700 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">