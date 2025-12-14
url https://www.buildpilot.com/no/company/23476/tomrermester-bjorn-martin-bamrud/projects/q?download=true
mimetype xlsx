--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -556,147 +556,156 @@
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="H5" t="s">
         <v>25</v>
       </c>
       <c r="P5">
-        <v>203</v>
+        <v>147</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="H6" t="s">
         <v>25</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
+      <c r="P6">
+        <v>93</v>
+      </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>27</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>28</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
+      <c r="P7">
+        <v>93</v>
+      </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8" t="s">
         <v>25</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>2</v>
+      </c>
+      <c r="P8">
+        <v>93</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9" t="s">
         <v>32</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">