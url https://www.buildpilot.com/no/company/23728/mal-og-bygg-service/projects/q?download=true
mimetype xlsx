--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/ene-leangveien-58-boligprosjekt-med-18-leiligheter-565666673</t>
   </si>
   <si>
     <t>Konglehusene Leangveien 58 - Boligprosjekt med 18 leiligheter</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Asker</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Prosjektering</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/solbergsskogen-boligprosjekt-bt1-718504103</t>
   </si>
   <si>
     <t>Solbergsskogen Boligprosjekt BT1</t>
   </si>
   <si>
     <t>Ski</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>