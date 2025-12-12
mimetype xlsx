--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nybygg-spire-enebolig-jordmor-ragndis-veg-7-ullern-165164286</t>
   </si>
   <si>
     <t>Nybygg SPIRE enebolig - Jordmor Ragndis veg 7 (Ullern)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Skarnes</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nenset-park-rekkehusutvikling-trinn-2-3-574524588</t>
   </si>
   <si>
     <t>Nenset Park Rekkehusutvikling Trinn 2-3</t>
   </si>
   <si>
     <t>Skien</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/murilia-leilighetskompleks-754487026</t>
   </si>