--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="40">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 19 projects you must log in.</t>
+    <t>To see the remaining 48 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -69,102 +69,111 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/oppforing-av-to-eneboliger-st-sunnivas-gate-31-490652692</t>
+  </si>
+  <si>
+    <t>Oppføring av to eneboliger - St. Sunnivas gate 31</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>Lillestrøm</t>
+  </si>
+  <si>
+    <t>Eneboliger</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
+  </si>
+  <si>
+    <t>Ferdig bygd</t>
+  </si>
+  <si>
+    <t>Vunnet/kontrahert</t>
+  </si>
+  <si>
     <t>https://www.buildpilot.com/no/project/nybygg-tomannsbolig-bjolstadveien-11-941016518</t>
   </si>
   <si>
     <t>Nybygg tomannsbolig - Bjølstadveien 11</t>
   </si>
   <si>
-    <t>Norway</t>
-[...1 lines deleted...]
-  <si>
     <t>Kråkerøy</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
-    <t>Nybygg</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/no/project/bygg-ny-enebolig-og-tomannsbolig-rundtjernveien-9c-893636616</t>
   </si>
   <si>
     <t>Riv og bygg ny enebolig og tomannsbolig - Rundtjernveien 9C</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
-    <t>Eneboliger</t>
-[...8 lines deleted...]
-    <t>Tilbygg</t>
+    <t>https://www.buildpilot.com/no/project/oppforing-av-to-eneboliger-voldgata-811261132</t>
+  </si>
+  <si>
+    <t>Oppføring av to eneboliger - Voldgata</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/g-vertikaldelt-tomannsbolig-martin-linges-vei-12-b-310391053</t>
+  </si>
+  <si>
+    <t>Nybygg vertikaldelt tomannsbolig - Martin Linges vei 12 B</t>
+  </si>
+  <si>
+    <t>Strømmen</t>
   </si>
   <si>
     <t>Prosjektering</t>
-  </si>
-[...4 lines deleted...]
-    <t>0 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -468,51 +477,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nybygg-tomannsbolig-bjolstadveien-11-941016518" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bygg-ny-enebolig-og-tomannsbolig-rundtjernveien-9c-893636616" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ksendring-tilbygg-og-pabygg-enebolig-ruths-vei-20c-242739057" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nybygg-tomannsbolig-bjolstadveien-11-941016518" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bygg-ny-enebolig-og-tomannsbolig-rundtjernveien-9c-893636616" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-to-eneboliger-st-sunnivas-gate-31-490652692" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nybygg-tomannsbolig-bjolstadveien-11-941016518" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/bygg-ny-enebolig-og-tomannsbolig-rundtjernveien-9c-893636616" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/oppforing-av-to-eneboliger-voldgata-811261132" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/g-vertikaldelt-tomannsbolig-martin-linges-vei-12-b-310391053" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -568,212 +577,218 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J5">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="K5">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>11</v>
+      </c>
+      <c r="P5">
+        <v>237</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2023</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
-      <c r="M7">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7">
+        <v>5</v>
+      </c>
+      <c r="K7">
+        <v>2024</v>
+      </c>
+      <c r="L7">
+        <v>5</v>
       </c>
       <c r="P7">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>227</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="J8">
         <v>6</v>
       </c>
       <c r="K8">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>11</v>
+      </c>
+      <c r="P8">
+        <v>114</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="B9" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E9" t="s">
         <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
-        <v>2023</v>
+        <v>2026</v>
       </c>
       <c r="J9">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>