--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -586,51 +586,51 @@
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2025</v>
       </c>
       <c r="J5">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K5">
         <v>2026</v>
       </c>
       <c r="L5">
         <v>5</v>
       </c>
       <c r="M5">
         <v>48000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>1500</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
@@ -639,127 +639,127 @@
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>39</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J7">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">
         <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J8">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K8">
         <v>2024</v>
       </c>
       <c r="L8">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B9" t="s">
         <v>41</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9" t="s">