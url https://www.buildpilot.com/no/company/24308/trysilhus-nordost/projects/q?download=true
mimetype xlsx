--- v0 (2025-10-21)
+++ v1 (2025-12-12)
@@ -717,51 +717,51 @@
       </c>
       <c r="L8">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="K9">
         <v>2025</v>
       </c>
       <c r="L9">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>