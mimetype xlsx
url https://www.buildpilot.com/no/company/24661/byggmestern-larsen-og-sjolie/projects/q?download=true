--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -641,51 +641,51 @@
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2022</v>
       </c>
       <c r="J7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K7">
         <v>2023</v>
       </c>
       <c r="L7">
         <v>8</v>
       </c>
       <c r="P7">
         <v>53</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">