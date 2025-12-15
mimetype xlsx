--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -659,51 +659,51 @@
       <c r="B7" t="s">
         <v>34</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>35</v>
       </c>
       <c r="E7" t="s">
         <v>29</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>30</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>8</v>
       </c>
       <c r="M7">
         <v>80000000</v>
       </c>
       <c r="N7" t="s">
         <v>31</v>
       </c>
       <c r="O7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
       <c r="C8" t="s">