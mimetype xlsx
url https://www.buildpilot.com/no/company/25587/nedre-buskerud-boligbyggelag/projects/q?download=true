--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -615,83 +615,86 @@
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
       <c r="P6">
-        <v>152</v>
+        <v>103</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>31</v>
       </c>
       <c r="K7">
         <v>2025</v>
       </c>
       <c r="L7">
         <v>7</v>
+      </c>
+      <c r="P7">
+        <v>168</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
         <v>36</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="I8">