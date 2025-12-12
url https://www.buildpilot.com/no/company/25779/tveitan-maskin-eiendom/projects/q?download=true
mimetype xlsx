--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -105,51 +105,51 @@
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bergstien-6-leiligheter-og-parkeringskjeller-305737875</t>
   </si>
   <si>
     <t>Bergstien 6 Leiligheter og Parkeringskjeller</t>
   </si>
   <si>
     <t>Andebu</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bygg-til-driftsbygning-for-storfe-mjolkeproduksjon-218723464</t>
   </si>
   <si>
     <t>Tilbygg til driftsbygning for storfe - mjølkeproduksjon</t>
   </si>
   <si>
     <t>Ramnes</t>
   </si>
   <si>
     <t>Landbruksbygg</t>
   </si>
   <si>
     <t>Tilbygg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -600,86 +600,92 @@
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="P6">
+        <v>708</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>28</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7" t="s">
         <v>30</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="J7">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="P7">
+        <v>708</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>34</v>
       </c>
       <c r="E8" t="s">
         <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>36</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="H8" t="s">