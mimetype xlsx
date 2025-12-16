--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -69,54 +69,54 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/tollgaarden-rehabiliteringsprosjekt-i-oslo-306431329</t>
-[...2 lines deleted...]
-    <t>Tollgaarden Rehabiliteringsprosjekt i Oslo</t>
+    <t>https://www.buildpilot.com/no/project/literingsprosjekt-tollgaarden-schweigaards-gate-15-306431329</t>
+  </si>
+  <si>
+    <t>Rehabiliteringsprosjekt Tollgaarden, Schweigaards gate 15</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>21 100 NOK/kvm</t>
   </si>
@@ -126,51 +126,51 @@
   <si>
     <t>Kjøsnestunnelen Rv5 Sikring og Utvidelse</t>
   </si>
   <si>
     <t>Skei I Jølster</t>
   </si>
   <si>
     <t>Tunneller</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nygaarden-kontorbygg-323205458</t>
   </si>
   <si>
     <t>Nygaarden Kontorbygg</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
-    <t>32 100 NOK/kvm</t>
+    <t>258 900 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -474,51 +474,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/tollgaarden-rehabiliteringsprosjekt-i-oslo-306431329" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kjosnestunnelen-rv5-sikring-og-utvidelse-107856850" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nygaarden-kontorbygg-323205458" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/literingsprosjekt-tollgaarden-schweigaards-gate-15-306431329" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/kjosnestunnelen-rv5-sikring-og-utvidelse-107856850" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nygaarden-kontorbygg-323205458" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -633,95 +633,95 @@
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>33</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>34</v>
       </c>
       <c r="I6">
         <v>2019</v>
       </c>
       <c r="J6">
         <v>10</v>
       </c>
       <c r="K6">
         <v>2022</v>
       </c>
       <c r="L6">
         <v>11</v>
       </c>
       <c r="M6">
-        <v>650000000</v>
+        <v>1040000000</v>
       </c>
       <c r="N6" t="s">
         <v>26</v>
       </c>
       <c r="O6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7">
         <v>3</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
         <v>12</v>
       </c>
       <c r="M7">
-        <v>28900000</v>
+        <v>233000000</v>
       </c>
       <c r="N7" t="s">
         <v>26</v>
       </c>
       <c r="O7" t="s">
         <v>27</v>
       </c>
       <c r="P7">
         <v>900</v>
       </c>
       <c r="Q7" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>