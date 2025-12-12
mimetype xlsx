--- v0 (2025-10-24)
+++ v1 (2025-12-12)
@@ -15,51 +15,51 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="35">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 22 projects you must log in.</t>
+    <t>To see the remaining 25 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>