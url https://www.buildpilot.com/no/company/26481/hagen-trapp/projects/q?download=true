--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/kkegata-tun-tomannsboliger-bekkegata-15a-nordsiden-288651693</t>
   </si>
   <si>
     <t>Nybygg Bekkegata Tun - tomannsboliger - Bekkegata 15A (Nordsiden)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Hønefoss</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Bygging</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/tollemovegen-7-5-vertikaldelte-tomannsboliger-818302982</t>
   </si>
   <si>
     <t>Tøllemovegen 7 - 5 vertikaldelte tomannsboliger</t>
   </si>
   <si>
     <t>Nesbyen</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/myrkdalen-leilighetsprosjekt-sendo-og-skabotn-366936365</t>
   </si>
   <si>
     <t>Myrkdalen Leilighetsprosjekt: Sendo og Skabotn</t>
   </si>
   <si>
     <t>Vossestrand</t>
   </si>