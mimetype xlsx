--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -555,50 +555,53 @@
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
         <v>2023</v>
       </c>
       <c r="L5">
         <v>11</v>
       </c>
+      <c r="P5">
+        <v>96</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>