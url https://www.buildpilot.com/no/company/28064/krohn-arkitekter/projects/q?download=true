--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -84,51 +84,51 @@
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/renovering-av-akersgata-51-272564949</t>
   </si>
   <si>
     <t>Renovering av Akersgata 51</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
-    <t>Utvidelse</t>
+    <t>Rehabilitering</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
     <t>16 700 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>