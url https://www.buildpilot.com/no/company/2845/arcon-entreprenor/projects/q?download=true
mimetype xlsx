--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="44">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining -1 projects you must log in.</t>
+    <t>To see the remaining 0 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -126,57 +126,66 @@
   <si>
     <t>https://www.buildpilot.com/no/project/fasaderenovering-av-drammensveien-35-593452474</t>
   </si>
   <si>
     <t>Fasaderenovering av Drammensveien 35</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Rehabilitering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/overing-og-ombygging-av-enebolig-i-frognerveien-43-448803694</t>
   </si>
   <si>
     <t>Renovering og ombygging av enebolig i Frognerveien 43</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
-    <t>Prosjektering</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.buildpilot.com/no/project/uksendring-til-forsamlingslokale-ole-deviks-vei-28-779734804</t>
   </si>
   <si>
     <t>Bruksendring til forsamlingslokale Ole Deviks vei 28</t>
+  </si>
+  <si>
+    <t>https://www.buildpilot.com/no/project/anneks-til-bolig-maridalsveien-22-maridalsveien-22-294252623</t>
+  </si>
+  <si>
+    <t>Bruksendring anneks til bolig Maridalsveien 22 - Maridalsveien 22</t>
+  </si>
+  <si>
+    <t>Anneks</t>
+  </si>
+  <si>
+    <t>Transformasjon</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -480,56 +489,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/loren-aktivitetspark-og-flerbrukshall-626449188" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/fasaderenovering-av-drammensveien-35-593452474" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/overing-og-ombygging-av-enebolig-i-frognerveien-43-448803694" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/uksendring-til-forsamlingslokale-ole-deviks-vei-28-779734804" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/loren-aktivitetspark-og-flerbrukshall-626449188" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/fasaderenovering-av-drammensveien-35-593452474" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/overing-og-ombygging-av-enebolig-i-frognerveien-43-448803694" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/uksendring-til-forsamlingslokale-ole-deviks-vei-28-779734804" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/anneks-til-bolig-maridalsveien-22-maridalsveien-22-294252623" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:Q8"/>
+  <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
@@ -659,85 +668,127 @@
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>25</v>
+      </c>
+      <c r="H7" t="s">
+        <v>26</v>
+      </c>
+      <c r="I7">
+        <v>2024</v>
+      </c>
+      <c r="J7">
+        <v>11</v>
+      </c>
+      <c r="K7">
+        <v>2025</v>
+      </c>
+      <c r="L7">
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>32</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="P8">
         <v>393</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17">
+      <c r="A9" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>26</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
+    <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>pyexcel_sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>